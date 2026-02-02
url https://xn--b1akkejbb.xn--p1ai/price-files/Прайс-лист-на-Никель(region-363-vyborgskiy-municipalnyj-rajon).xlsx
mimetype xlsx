--- v0 (2026-02-02)
+++ v1 (2026-02-02)
@@ -14,51 +14,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Цены на никель в Выборгском муниципальном районе</t>
   </si>
   <si>
-    <t>Обновлен: 30.01.2026 16:55:38+03:00</t>
+    <t>Обновлен: 02.02.2026 17:45:22+03:00</t>
   </si>
   <si>
     <t>Телефон: +7(931)009-60-07</t>
   </si>
   <si>
     <t>Источник: https://xn--b1akkejbb.xn--p1ai/price-files/Прайс-лист-на-Никель(region-363-vyborgskiy-municipalnyj-rajon).xlsx</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена за кг.</t>
   </si>
   <si>
     <t>Никель</t>
   </si>
   <si>
     <t>Никель MIX</t>
   </si>
   <si>
     <t>до 750 ₽</t>
   </si>
   <si>
     <t>Никель катодный/анодный</t>
   </si>